--- v0 (2026-02-17)
+++ v1 (2026-03-30)
@@ -6,133 +6,133 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ome15689\OneDrive - flypgs\Masaüstü\web sitesi dokümanlar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE585E58-880C-48F5-B7BF-D9A7B483B502}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3232DFDF-3D0C-484B-BF7D-4A7BD2C3E76E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{88E763B7-D162-4924-B6A1-77CC215ADBE5}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{88E763B7-D162-4924-B6A1-77CC215ADBE5}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover" sheetId="2" r:id="rId1"/>
     <sheet name="TRAFİK" sheetId="1" r:id="rId2"/>
     <sheet name="KARBON EMİSYONU" sheetId="4" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="CK43" i="1" l="1"/>
-[...34 lines deleted...]
-  <c r="CK4" i="1"/>
+  <c r="CL43" i="1" l="1"/>
+  <c r="CL42" i="1"/>
+  <c r="CL41" i="1"/>
+  <c r="CL40" i="1"/>
+  <c r="CL39" i="1"/>
+  <c r="CL38" i="1"/>
+  <c r="CL37" i="1"/>
+  <c r="CL36" i="1"/>
+  <c r="CL35" i="1"/>
+  <c r="CL34" i="1"/>
+  <c r="CL33" i="1"/>
+  <c r="CL32" i="1"/>
+  <c r="CL31" i="1"/>
+  <c r="CL30" i="1"/>
+  <c r="CL29" i="1"/>
+  <c r="CL28" i="1"/>
+  <c r="CL27" i="1"/>
+  <c r="CL26" i="1"/>
+  <c r="CL21" i="1"/>
+  <c r="CL20" i="1"/>
+  <c r="CL19" i="1"/>
+  <c r="CL18" i="1"/>
+  <c r="CL17" i="1"/>
+  <c r="CL16" i="1"/>
+  <c r="CL15" i="1"/>
+  <c r="CL14" i="1"/>
+  <c r="CL13" i="1"/>
+  <c r="CL12" i="1"/>
+  <c r="CL11" i="1"/>
+  <c r="CL10" i="1"/>
+  <c r="CL9" i="1"/>
+  <c r="CL8" i="1"/>
+  <c r="CL7" i="1"/>
+  <c r="CL6" i="1"/>
+  <c r="CL5" i="1"/>
+  <c r="CL4" i="1"/>
   <c r="AZ2" i="1"/>
   <c r="AZ24" i="1" s="1"/>
   <c r="AS25" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="38">
   <si>
     <t>AYLIK</t>
   </si>
   <si>
     <t>Toplam</t>
   </si>
   <si>
     <t>İç Hat</t>
   </si>
   <si>
     <t>Dış Hat</t>
   </si>
   <si>
     <t>KÜMÜLATİF</t>
   </si>
   <si>
     <t>Ocak</t>
   </si>
   <si>
     <t>Şubat</t>
   </si>
   <si>
     <t>Mart</t>
   </si>
   <si>
@@ -199,51 +199,54 @@
     <t>CO2 gram/ASK</t>
   </si>
   <si>
     <t>12 ay</t>
   </si>
   <si>
     <t>RPK (Revenue Passenger Kilometer): Ücretli Yolcu Kilometre</t>
   </si>
   <si>
     <t>ASK (Available Seat Kilometer): Arzedilen Koltuk Kilometre</t>
   </si>
   <si>
     <t xml:space="preserve"> yıllık % değişim</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t xml:space="preserve">Karbon Emisyonu İstatistiklerinde (grCO2/RPK) jet yakıtı emisyon katsayısı baz yıl ve tüm raporlanan dönemler için 3,16 olarak kullanılmıştır. 
 </t>
   </si>
   <si>
     <t>Trafik Verileri 2019-2026</t>
   </si>
   <si>
-    <t>2026 Ocak</t>
+    <t>2026 Şubat</t>
+  </si>
+  <si>
+    <t>kümülatif</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
     <numFmt numFmtId="166" formatCode="#,##0.000000"/>
     <numFmt numFmtId="167" formatCode="0.0"/>
     <numFmt numFmtId="168" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="162"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1290,51 +1293,51 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="168" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="188">
+  <cellXfs count="190">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1746,69 +1749,75 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="61" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="6" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="6" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="4" fillId="6" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="3" fillId="5" borderId="67" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="66" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="3" fillId="2" borderId="63" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="3" builtinId="3"/>
     <cellStyle name="Comma 2 3" xfId="6" xr:uid="{34F722F0-826A-4EA2-94DD-E9AE07B5EC14}"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2 10" xfId="4" xr:uid="{23CD4842-2E80-4ADC-BAC3-4E38EA99645D}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Percent 2 3" xfId="5" xr:uid="{06AE1DCE-42E8-4763-85CD-8BCA0ACD3B4D}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/></Relationships>
@@ -2261,53 +2270,51 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pegasusinvestorrelations.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ir@flypgs.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF798DA6-C688-4082-89A0-2D9422509F58}">
   <dimension ref="B2:N38"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="61" zoomScaleNormal="61" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="61" zoomScaleNormal="61" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="2" spans="2:14" x14ac:dyDescent="0.3">
       <c r="B2" s="112"/>
       <c r="C2" s="113"/>
       <c r="D2" s="113"/>
       <c r="E2" s="113"/>
       <c r="F2" s="113"/>
       <c r="G2" s="113"/>
       <c r="H2" s="113"/>
       <c r="I2" s="113"/>
       <c r="J2" s="113"/>
       <c r="K2" s="113"/>
       <c r="L2" s="113"/>
       <c r="M2" s="113"/>
       <c r="N2" s="114"/>
     </row>
     <row r="3" spans="2:14" x14ac:dyDescent="0.3">
       <c r="B3" s="115"/>
       <c r="N3" s="116"/>
     </row>
     <row r="4" spans="2:14" x14ac:dyDescent="0.3">
       <c r="B4" s="115"/>
       <c r="N4" s="116"/>
@@ -2488,84 +2495,84 @@
       <c r="C38" s="118"/>
       <c r="D38" s="118"/>
       <c r="E38" s="118"/>
       <c r="F38" s="118"/>
       <c r="G38" s="118"/>
       <c r="H38" s="118"/>
       <c r="I38" s="118"/>
       <c r="J38" s="118"/>
       <c r="K38" s="118"/>
       <c r="L38" s="118"/>
       <c r="M38" s="118"/>
       <c r="N38" s="119"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C34" r:id="rId1" xr:uid="{8680798A-CBE8-4897-9C9F-0DA124DEB175}"/>
     <hyperlink ref="C35" r:id="rId2" xr:uid="{09FEE809-18DA-48F4-90BA-1F0BA5233041}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC7008F3-769E-4BA4-9517-B84DA267E2AB}">
-  <dimension ref="A1:CL44"/>
+  <dimension ref="A1:CM44"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="BT4" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <pane xSplit="2" ySplit="3" topLeftCell="BU4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="CL1" sqref="CL1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.6640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.44140625" bestFit="1" customWidth="1"/>
     <col min="3" max="34" width="10.6640625" customWidth="1"/>
     <col min="35" max="37" width="12.109375" customWidth="1"/>
     <col min="38" max="38" width="11.33203125" customWidth="1"/>
     <col min="39" max="39" width="11.5546875" customWidth="1"/>
     <col min="40" max="45" width="11.109375" customWidth="1"/>
-    <col min="46" max="87" width="10.6640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="90" max="90" width="8.88671875" style="25"/>
+    <col min="46" max="88" width="10.6640625" customWidth="1"/>
+    <col min="89" max="89" width="2.5546875" customWidth="1"/>
+    <col min="90" max="90" width="15.33203125" bestFit="1" customWidth="1"/>
+    <col min="91" max="91" width="8.88671875" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:90" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:91" x14ac:dyDescent="0.3">
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AY1" s="1"/>
       <c r="BW1" s="1"/>
     </row>
-    <row r="2" spans="1:90" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:91" x14ac:dyDescent="0.3">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="3">
         <v>2019</v>
       </c>
       <c r="D2" s="4">
         <v>2019</v>
       </c>
       <c r="E2" s="4">
         <v>2019</v>
       </c>
       <c r="F2" s="4">
         <v>2019</v>
       </c>
       <c r="G2" s="4">
         <v>2019</v>
       </c>
       <c r="H2" s="4">
         <v>2019</v>
       </c>
       <c r="I2" s="4">
         <v>2019</v>
       </c>
       <c r="J2" s="4">
         <v>2019</v>
@@ -2780,55 +2787,58 @@
       </c>
       <c r="CB2" s="4">
         <v>2025</v>
       </c>
       <c r="CC2" s="4">
         <v>2025</v>
       </c>
       <c r="CD2" s="4">
         <v>2025</v>
       </c>
       <c r="CE2" s="4">
         <v>2025</v>
       </c>
       <c r="CF2" s="4">
         <v>2025</v>
       </c>
       <c r="CG2" s="4">
         <v>2025</v>
       </c>
       <c r="CH2" s="4">
         <v>2025</v>
       </c>
       <c r="CI2" s="6">
         <v>2026</v>
       </c>
-      <c r="CK2" s="175" t="s">
+      <c r="CJ2" s="7">
+        <v>2026</v>
+      </c>
+      <c r="CL2" s="175" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="3" spans="1:90" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:91" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="9"/>
       <c r="C3" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>10</v>
       </c>
       <c r="I3" s="11" t="s">
         <v>11</v>
       </c>
@@ -3044,56 +3054,59 @@
       </c>
       <c r="CB3" s="11" t="s">
         <v>10</v>
       </c>
       <c r="CC3" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CD3" s="11" t="s">
         <v>12</v>
       </c>
       <c r="CE3" s="11" t="s">
         <v>13</v>
       </c>
       <c r="CF3" s="11" t="s">
         <v>14</v>
       </c>
       <c r="CG3" s="11" t="s">
         <v>15</v>
       </c>
       <c r="CH3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="CI3" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="CK3" s="176" t="s">
+      <c r="CJ3" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="CL3" s="176" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="4" spans="1:90" s="25" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="181" t="s">
+    <row r="4" spans="1:91" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="182" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="16" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="17">
         <v>2.34</v>
       </c>
       <c r="D4" s="18">
         <v>2.16</v>
       </c>
       <c r="E4" s="18">
         <v>2.4</v>
       </c>
       <c r="F4" s="18">
         <v>2.44</v>
       </c>
       <c r="G4" s="18">
         <v>2.31</v>
       </c>
       <c r="H4" s="18">
         <v>2.67</v>
       </c>
       <c r="I4" s="18">
         <v>2.94</v>
@@ -3306,57 +3319,60 @@
       </c>
       <c r="CB4" s="18">
         <v>3.61</v>
       </c>
       <c r="CC4" s="18">
         <v>3.93</v>
       </c>
       <c r="CD4" s="18">
         <v>4.29</v>
       </c>
       <c r="CE4" s="18">
         <v>4</v>
       </c>
       <c r="CF4" s="18">
         <v>4.0599999999999996</v>
       </c>
       <c r="CG4" s="18">
         <v>3.63</v>
       </c>
       <c r="CH4" s="18">
         <v>3.62</v>
       </c>
       <c r="CI4" s="20">
         <v>3.55</v>
       </c>
-      <c r="CK4" s="177">
-[...1 lines deleted...]
-        <v>0.11285266457680243</v>
+      <c r="CJ4" s="21">
+        <v>3.12</v>
+      </c>
+      <c r="CL4" s="177">
+        <f>+CJ4/BX4-1</f>
+        <v>0.10247349823321561</v>
       </c>
     </row>
-    <row r="5" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A5" s="182"/>
+    <row r="5" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A5" s="183"/>
       <c r="B5" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="27">
         <v>14929</v>
       </c>
       <c r="D5" s="28">
         <v>13265</v>
       </c>
       <c r="E5" s="29">
         <v>14764</v>
       </c>
       <c r="F5" s="29">
         <v>14631</v>
       </c>
       <c r="G5" s="29">
         <v>14998</v>
       </c>
       <c r="H5" s="29">
         <v>16256</v>
       </c>
       <c r="I5" s="29">
         <v>17313</v>
       </c>
       <c r="J5" s="29">
@@ -3567,57 +3583,60 @@
       </c>
       <c r="CB5" s="29">
         <v>19795</v>
       </c>
       <c r="CC5" s="29">
         <v>21258</v>
       </c>
       <c r="CD5" s="29">
         <v>22450</v>
       </c>
       <c r="CE5" s="29">
         <v>21299</v>
       </c>
       <c r="CF5" s="29">
         <v>21676</v>
       </c>
       <c r="CG5" s="29">
         <v>19246</v>
       </c>
       <c r="CH5" s="29">
         <v>19787</v>
       </c>
       <c r="CI5" s="27">
         <v>19426</v>
       </c>
-      <c r="CK5" s="178">
-[...1 lines deleted...]
-        <v>8.8108441158348816E-2</v>
+      <c r="CJ5" s="28">
+        <v>17028</v>
+      </c>
+      <c r="CL5" s="178">
+        <f t="shared" ref="CL5:CL21" si="0">+CJ5/BX5-1</f>
+        <v>0.12626496461406167</v>
       </c>
     </row>
-    <row r="6" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A6" s="182"/>
+    <row r="6" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A6" s="183"/>
       <c r="B6" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="34">
         <v>2.75</v>
       </c>
       <c r="D6" s="35">
         <v>2.46</v>
       </c>
       <c r="E6" s="36">
         <v>2.74</v>
       </c>
       <c r="F6" s="36">
         <v>2.7</v>
       </c>
       <c r="G6" s="36">
         <v>2.78</v>
       </c>
       <c r="H6" s="36">
         <v>3.01</v>
       </c>
       <c r="I6" s="36">
         <v>3.2</v>
       </c>
       <c r="J6" s="36">
@@ -3828,57 +3847,60 @@
       </c>
       <c r="CB6" s="36">
         <v>4.17</v>
       </c>
       <c r="CC6" s="36">
         <v>4.47</v>
       </c>
       <c r="CD6" s="36">
         <v>4.72</v>
       </c>
       <c r="CE6" s="36">
         <v>4.51</v>
       </c>
       <c r="CF6" s="36">
         <v>4.58</v>
       </c>
       <c r="CG6" s="36">
         <v>4.05</v>
       </c>
       <c r="CH6" s="36">
         <v>4.17</v>
       </c>
       <c r="CI6" s="34">
         <v>4.08</v>
       </c>
-      <c r="CK6" s="178">
-[...1 lines deleted...]
-        <v>9.0909090909090828E-2</v>
+      <c r="CJ6" s="35">
+        <v>3.58</v>
+      </c>
+      <c r="CL6" s="178">
+        <f t="shared" si="0"/>
+        <v>0.12578616352201255</v>
       </c>
     </row>
-    <row r="7" spans="1:90" s="25" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="182"/>
+    <row r="7" spans="1:91" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="183"/>
       <c r="B7" s="41" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="42">
         <v>0.85199999999999998</v>
       </c>
       <c r="D7" s="43">
         <v>0.879</v>
       </c>
       <c r="E7" s="43">
         <v>0.877</v>
       </c>
       <c r="F7" s="44">
         <v>0.90200000000000002</v>
       </c>
       <c r="G7" s="44">
         <v>0.83199999999999996</v>
       </c>
       <c r="H7" s="44">
         <v>0.88600000000000001</v>
       </c>
       <c r="I7" s="44">
         <v>0.91900000000000004</v>
       </c>
       <c r="J7" s="44">
@@ -4089,60 +4111,63 @@
       </c>
       <c r="CB7" s="44">
         <v>0.86599999999999999</v>
       </c>
       <c r="CC7" s="44">
         <v>0.88</v>
       </c>
       <c r="CD7" s="44">
         <v>0.90900000000000003</v>
       </c>
       <c r="CE7" s="44">
         <v>0.88700000000000001</v>
       </c>
       <c r="CF7" s="44">
         <v>0.88700000000000001</v>
       </c>
       <c r="CG7" s="44">
         <v>0.89800000000000002</v>
       </c>
       <c r="CH7" s="44">
         <v>0.86899999999999999</v>
       </c>
       <c r="CI7" s="42">
         <v>0.871</v>
       </c>
-      <c r="CK7" s="179">
-[...3 lines deleted...]
-      <c r="CL7" s="25" t="s">
+      <c r="CJ7" s="44">
+        <v>0.873</v>
+      </c>
+      <c r="CL7" s="179">
+        <f>+(CJ7-BX7)*100</f>
+        <v>-1.8000000000000016</v>
+      </c>
+      <c r="CM7" s="25" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="8" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A8" s="182"/>
+    <row r="8" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A8" s="183"/>
       <c r="B8" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="48">
         <v>3271.24</v>
       </c>
       <c r="D8" s="29">
         <v>2910.79</v>
       </c>
       <c r="E8" s="29">
         <v>3285.51</v>
       </c>
       <c r="F8" s="29">
         <v>3445.22</v>
       </c>
       <c r="G8" s="29">
         <v>3488.08</v>
       </c>
       <c r="H8" s="29">
         <v>3890.96</v>
       </c>
       <c r="I8" s="29">
         <v>4248.28</v>
       </c>
       <c r="J8" s="29">
@@ -4353,57 +4378,60 @@
       </c>
       <c r="CB8" s="29">
         <v>6798.22</v>
       </c>
       <c r="CC8" s="29">
         <v>7239.28</v>
       </c>
       <c r="CD8" s="29">
         <v>7641.82</v>
       </c>
       <c r="CE8" s="29">
         <v>7289.14</v>
       </c>
       <c r="CF8" s="29">
         <v>7461.17</v>
       </c>
       <c r="CG8" s="29">
         <v>6255.87</v>
       </c>
       <c r="CH8" s="29">
         <v>6474.72</v>
       </c>
       <c r="CI8" s="27">
         <v>6364.29</v>
       </c>
-      <c r="CK8" s="178">
-[...1 lines deleted...]
-        <v>0.11454765157087321</v>
+      <c r="CJ8" s="28">
+        <v>5551.85</v>
+      </c>
+      <c r="CL8" s="178">
+        <f t="shared" si="0"/>
+        <v>0.12402692716505559</v>
       </c>
     </row>
-    <row r="9" spans="1:90" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="182"/>
+    <row r="9" spans="1:91" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="183"/>
       <c r="B9" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="48">
         <v>156.92109317435862</v>
       </c>
       <c r="D9" s="29">
         <v>162.84696569920845</v>
       </c>
       <c r="E9" s="29">
         <v>162.44114061230019</v>
       </c>
       <c r="F9" s="29">
         <v>166.62107853188436</v>
       </c>
       <c r="G9" s="29">
         <v>154.02780370716096</v>
       </c>
       <c r="H9" s="29">
         <v>164.01790108267716</v>
       </c>
       <c r="I9" s="29">
         <v>169.94379945705538</v>
       </c>
       <c r="J9" s="29">
@@ -4614,57 +4642,60 @@
       </c>
       <c r="CB9" s="29">
         <v>182.50992674917907</v>
       </c>
       <c r="CC9" s="29">
         <v>185.0156646909399</v>
       </c>
       <c r="CD9" s="29">
         <v>191.21291759465481</v>
       </c>
       <c r="CE9" s="29">
         <v>187.99417813042862</v>
       </c>
       <c r="CF9" s="29">
         <v>187.43116811219787</v>
       </c>
       <c r="CG9" s="29">
         <v>188.83186116595655</v>
       </c>
       <c r="CH9" s="29">
         <v>182.95830595845757</v>
       </c>
       <c r="CI9" s="27">
         <v>182.94445588386699</v>
       </c>
-      <c r="CK9" s="178">
-[...1 lines deleted...]
-        <v>2.3988435799251251E-2</v>
+      <c r="CJ9" s="28">
+        <v>183.43316889828517</v>
+      </c>
+      <c r="CL9" s="178">
+        <f t="shared" si="0"/>
+        <v>-1.9721298293047251E-2</v>
       </c>
     </row>
-    <row r="10" spans="1:90" s="25" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="184" t="s">
+    <row r="10" spans="1:91" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="185" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="49" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="50">
         <v>1.38</v>
       </c>
       <c r="D10" s="51">
         <v>1.25</v>
       </c>
       <c r="E10" s="51">
         <v>1.35</v>
       </c>
       <c r="F10" s="51">
         <v>1.23</v>
       </c>
       <c r="G10" s="51">
         <v>1.23</v>
       </c>
       <c r="H10" s="51">
         <v>1.33</v>
       </c>
       <c r="I10" s="51">
         <v>1.41</v>
@@ -4877,57 +4908,60 @@
       </c>
       <c r="CB10" s="51">
         <v>1.29</v>
       </c>
       <c r="CC10" s="51">
         <v>1.42</v>
       </c>
       <c r="CD10" s="51">
         <v>1.53</v>
       </c>
       <c r="CE10" s="51">
         <v>1.39</v>
       </c>
       <c r="CF10" s="51">
         <v>1.36</v>
       </c>
       <c r="CG10" s="51">
         <v>1.37</v>
       </c>
       <c r="CH10" s="51">
         <v>1.36</v>
       </c>
       <c r="CI10" s="53">
         <v>1.33</v>
       </c>
-      <c r="CK10" s="177">
-[...1 lines deleted...]
-        <v>9.9173553719008378E-2</v>
+      <c r="CJ10" s="54">
+        <v>1.17</v>
+      </c>
+      <c r="CL10" s="177">
+        <f>+CJ10/BX10-1</f>
+        <v>0.18181818181818166</v>
       </c>
     </row>
-    <row r="11" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A11" s="182"/>
+    <row r="11" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A11" s="183"/>
       <c r="B11" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="48">
         <v>8070</v>
       </c>
       <c r="D11" s="29">
         <v>7337</v>
       </c>
       <c r="E11" s="29">
         <v>8041</v>
       </c>
       <c r="F11" s="29">
         <v>6890</v>
       </c>
       <c r="G11" s="29">
         <v>7488</v>
       </c>
       <c r="H11" s="29">
         <v>7664</v>
       </c>
       <c r="I11" s="29">
         <v>7799</v>
       </c>
       <c r="J11" s="29">
@@ -5138,57 +5172,60 @@
       </c>
       <c r="CB11" s="29">
         <v>6460</v>
       </c>
       <c r="CC11" s="29">
         <v>7003</v>
       </c>
       <c r="CD11" s="29">
         <v>7406</v>
       </c>
       <c r="CE11" s="29">
         <v>6921</v>
       </c>
       <c r="CF11" s="29">
         <v>6925</v>
       </c>
       <c r="CG11" s="29">
         <v>6887</v>
       </c>
       <c r="CH11" s="29">
         <v>6977</v>
       </c>
       <c r="CI11" s="27">
         <v>6886</v>
       </c>
-      <c r="CK11" s="178">
-[...1 lines deleted...]
-        <v>7.0751049603483107E-2</v>
+      <c r="CJ11" s="28">
+        <v>6146</v>
+      </c>
+      <c r="CL11" s="178">
+        <f t="shared" si="0"/>
+        <v>0.19921951219512191</v>
       </c>
     </row>
-    <row r="12" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A12" s="182"/>
+    <row r="12" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A12" s="183"/>
       <c r="B12" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="58">
         <v>1.51</v>
       </c>
       <c r="D12" s="36">
         <v>1.37</v>
       </c>
       <c r="E12" s="36">
         <v>1.5</v>
       </c>
       <c r="F12" s="36">
         <v>1.29</v>
       </c>
       <c r="G12" s="36">
         <v>1.4</v>
       </c>
       <c r="H12" s="36">
         <v>1.43</v>
       </c>
       <c r="I12" s="36">
         <v>1.46</v>
       </c>
       <c r="J12" s="36">
@@ -5399,57 +5436,60 @@
       </c>
       <c r="CB12" s="36">
         <v>1.4</v>
       </c>
       <c r="CC12" s="36">
         <v>1.51</v>
       </c>
       <c r="CD12" s="36">
         <v>1.59</v>
       </c>
       <c r="CE12" s="36">
         <v>1.51</v>
       </c>
       <c r="CF12" s="36">
         <v>1.49</v>
       </c>
       <c r="CG12" s="36">
         <v>1.46</v>
       </c>
       <c r="CH12" s="36">
         <v>1.47</v>
       </c>
       <c r="CI12" s="34">
         <v>1.44</v>
       </c>
-      <c r="CK12" s="178">
-[...1 lines deleted...]
-        <v>7.4626865671641784E-2</v>
+      <c r="CJ12" s="35">
+        <v>1.29</v>
+      </c>
+      <c r="CL12" s="178">
+        <f t="shared" si="0"/>
+        <v>0.20560747663551404</v>
       </c>
     </row>
-    <row r="13" spans="1:90" s="25" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="182"/>
+    <row r="13" spans="1:91" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="183"/>
       <c r="B13" s="41" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="42">
         <v>0.91500000000000004</v>
       </c>
       <c r="D13" s="43">
         <v>0.91400000000000003</v>
       </c>
       <c r="E13" s="43">
         <v>0.90200000000000002</v>
       </c>
       <c r="F13" s="44">
         <v>0.95599999999999996</v>
       </c>
       <c r="G13" s="44">
         <v>0.88300000000000001</v>
       </c>
       <c r="H13" s="44">
         <v>0.92800000000000005</v>
       </c>
       <c r="I13" s="44">
         <v>0.96399999999999997</v>
       </c>
       <c r="J13" s="44">
@@ -5660,60 +5700,63 @@
       </c>
       <c r="CB13" s="44">
         <v>0.91600000000000004</v>
       </c>
       <c r="CC13" s="44">
         <v>0.94</v>
       </c>
       <c r="CD13" s="44">
         <v>0.95799999999999996</v>
       </c>
       <c r="CE13" s="44">
         <v>0.92600000000000005</v>
       </c>
       <c r="CF13" s="44">
         <v>0.91200000000000003</v>
       </c>
       <c r="CG13" s="44">
         <v>0.94199999999999995</v>
       </c>
       <c r="CH13" s="44">
         <v>0.92500000000000004</v>
       </c>
       <c r="CI13" s="42">
         <v>0.92300000000000004</v>
       </c>
-      <c r="CK13" s="179">
-[...3 lines deleted...]
-      <c r="CL13" s="25" t="s">
+      <c r="CJ13" s="43">
+        <v>0.90600000000000003</v>
+      </c>
+      <c r="CL13" s="179">
+        <f>+(CJ13-BX13)*100</f>
+        <v>-1.7000000000000015</v>
+      </c>
+      <c r="CM13" s="25" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="14" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A14" s="182"/>
+    <row r="14" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A14" s="183"/>
       <c r="B14" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="48">
         <v>1121.2</v>
       </c>
       <c r="D14" s="29">
         <v>1016.32</v>
       </c>
       <c r="E14" s="29">
         <v>1117.75</v>
       </c>
       <c r="F14" s="29">
         <v>937.89</v>
       </c>
       <c r="G14" s="29">
         <v>1021.23</v>
       </c>
       <c r="H14" s="29">
         <v>1033.48</v>
       </c>
       <c r="I14" s="29">
         <v>1045.95</v>
       </c>
       <c r="J14" s="29">
@@ -5924,57 +5967,60 @@
       </c>
       <c r="CB14" s="29">
         <v>1061.95</v>
       </c>
       <c r="CC14" s="29">
         <v>1142.78</v>
       </c>
       <c r="CD14" s="29">
         <v>1225.2</v>
       </c>
       <c r="CE14" s="29">
         <v>1157</v>
       </c>
       <c r="CF14" s="29">
         <v>1153.8699999999999</v>
       </c>
       <c r="CG14" s="29">
         <v>1136.03</v>
       </c>
       <c r="CH14" s="29">
         <v>1144.05</v>
       </c>
       <c r="CI14" s="27">
         <v>1124.98</v>
       </c>
-      <c r="CK14" s="178">
-[...1 lines deleted...]
-        <v>0.1009463413679379</v>
+      <c r="CJ14" s="28">
+        <v>1008.3</v>
+      </c>
+      <c r="CL14" s="178">
+        <f t="shared" si="0"/>
+        <v>0.25888007990511253</v>
       </c>
     </row>
-    <row r="15" spans="1:90" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="185"/>
+    <row r="15" spans="1:91" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="186"/>
       <c r="B15" s="61" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="62">
         <v>171.1</v>
       </c>
       <c r="D15" s="63">
         <v>170.57</v>
       </c>
       <c r="E15" s="63">
         <v>168.28</v>
       </c>
       <c r="F15" s="63">
         <v>178.55</v>
       </c>
       <c r="G15" s="63">
         <v>164.81</v>
       </c>
       <c r="H15" s="63">
         <v>173.65</v>
       </c>
       <c r="I15" s="63">
         <v>180.21</v>
       </c>
       <c r="J15" s="63">
@@ -6185,57 +6231,60 @@
       </c>
       <c r="CB15" s="71">
         <v>199.06</v>
       </c>
       <c r="CC15" s="71">
         <v>202.46</v>
       </c>
       <c r="CD15" s="71">
         <v>206.13</v>
       </c>
       <c r="CE15" s="71">
         <v>201.48</v>
       </c>
       <c r="CF15" s="71">
         <v>196.79</v>
       </c>
       <c r="CG15" s="71">
         <v>199.22</v>
       </c>
       <c r="CH15" s="71">
         <v>195.02</v>
       </c>
       <c r="CI15" s="65">
         <v>193.41</v>
       </c>
-      <c r="CK15" s="178">
-[...1 lines deleted...]
-        <v>3.0420884389984026E-2</v>
+      <c r="CJ15" s="66">
+        <v>190.79</v>
+      </c>
+      <c r="CL15" s="178">
+        <f t="shared" si="0"/>
+        <v>-7.7491158726856746E-3</v>
       </c>
     </row>
-    <row r="16" spans="1:90" s="25" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="181" t="s">
+    <row r="16" spans="1:91" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="182" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="17">
         <v>0.96</v>
       </c>
       <c r="D16" s="18">
         <v>0.91</v>
       </c>
       <c r="E16" s="18">
         <v>1.05</v>
       </c>
       <c r="F16" s="18">
         <v>1.21</v>
       </c>
       <c r="G16" s="18">
         <v>1.08</v>
       </c>
       <c r="H16" s="18">
         <v>1.34</v>
       </c>
       <c r="I16" s="18">
         <v>1.54</v>
@@ -6448,57 +6497,60 @@
       </c>
       <c r="CB16" s="18">
         <v>2.33</v>
       </c>
       <c r="CC16" s="18">
         <v>2.52</v>
       </c>
       <c r="CD16" s="18">
         <v>2.77</v>
       </c>
       <c r="CE16" s="18">
         <v>2.61</v>
       </c>
       <c r="CF16" s="18">
         <v>2.7</v>
       </c>
       <c r="CG16" s="18">
         <v>2.2599999999999998</v>
       </c>
       <c r="CH16" s="18">
         <v>2.2599999999999998</v>
       </c>
       <c r="CI16" s="20">
         <v>2.2200000000000002</v>
       </c>
-      <c r="CK16" s="177">
-[...1 lines deleted...]
-        <v>0.12121212121212133</v>
+      <c r="CJ16" s="21">
+        <v>1.95</v>
+      </c>
+      <c r="CL16" s="177">
+        <f>+CJ16/BX16-1</f>
+        <v>5.9782608695652106E-2</v>
       </c>
     </row>
-    <row r="17" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A17" s="182"/>
+    <row r="17" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A17" s="183"/>
       <c r="B17" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="48">
         <v>6859</v>
       </c>
       <c r="D17" s="29">
         <v>5928</v>
       </c>
       <c r="E17" s="29">
         <v>6723</v>
       </c>
       <c r="F17" s="29">
         <v>7741</v>
       </c>
       <c r="G17" s="29">
         <v>7510</v>
       </c>
       <c r="H17" s="29">
         <v>8592</v>
       </c>
       <c r="I17" s="29">
         <v>9514</v>
       </c>
       <c r="J17" s="29">
@@ -6709,57 +6761,60 @@
       </c>
       <c r="CB17" s="29">
         <v>13335</v>
       </c>
       <c r="CC17" s="29">
         <v>14255</v>
       </c>
       <c r="CD17" s="29">
         <v>15044</v>
       </c>
       <c r="CE17" s="29">
         <v>14378</v>
       </c>
       <c r="CF17" s="29">
         <v>14751</v>
       </c>
       <c r="CG17" s="29">
         <v>12359</v>
       </c>
       <c r="CH17" s="29">
         <v>12810</v>
       </c>
       <c r="CI17" s="27">
         <v>12540</v>
       </c>
-      <c r="CK17" s="178">
-[...1 lines deleted...]
-        <v>9.7881281736998726E-2</v>
+      <c r="CJ17" s="28">
+        <v>10882</v>
+      </c>
+      <c r="CL17" s="178">
+        <f t="shared" si="0"/>
+        <v>8.8853311987192374E-2</v>
       </c>
     </row>
-    <row r="18" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A18" s="182"/>
+    <row r="18" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A18" s="183"/>
       <c r="B18" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="58">
         <v>1.24</v>
       </c>
       <c r="D18" s="36">
         <v>1.0900000000000001</v>
       </c>
       <c r="E18" s="36">
         <v>1.24</v>
       </c>
       <c r="F18" s="36">
         <v>1.42</v>
       </c>
       <c r="G18" s="36">
         <v>1.38</v>
       </c>
       <c r="H18" s="36">
         <v>1.58</v>
       </c>
       <c r="I18" s="36">
         <v>1.74</v>
       </c>
       <c r="J18" s="36">
@@ -6970,57 +7025,60 @@
       </c>
       <c r="CB18" s="36">
         <v>2.77</v>
       </c>
       <c r="CC18" s="36">
         <v>2.96</v>
       </c>
       <c r="CD18" s="36">
         <v>3.13</v>
       </c>
       <c r="CE18" s="36">
         <v>3.01</v>
       </c>
       <c r="CF18" s="36">
         <v>3.09</v>
       </c>
       <c r="CG18" s="36">
         <v>2.59</v>
       </c>
       <c r="CH18" s="36">
         <v>2.7</v>
       </c>
       <c r="CI18" s="34">
         <v>2.64</v>
       </c>
-      <c r="CK18" s="178">
-[...1 lines deleted...]
-        <v>0.10000000000000009</v>
+      <c r="CJ18" s="35">
+        <v>2.2799999999999998</v>
+      </c>
+      <c r="CL18" s="178">
+        <f t="shared" si="0"/>
+        <v>8.0568720379146974E-2</v>
       </c>
     </row>
-    <row r="19" spans="1:90" s="25" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="182"/>
+    <row r="19" spans="1:91" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="183"/>
       <c r="B19" s="41" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="42">
         <v>0.77500000000000002</v>
       </c>
       <c r="D19" s="43">
         <v>0.83599999999999997</v>
       </c>
       <c r="E19" s="43">
         <v>0.84599999999999997</v>
       </c>
       <c r="F19" s="44">
         <v>0.85199999999999998</v>
       </c>
       <c r="G19" s="44">
         <v>0.78</v>
       </c>
       <c r="H19" s="44">
         <v>0.84699999999999998</v>
       </c>
       <c r="I19" s="44">
         <v>0.88100000000000001</v>
       </c>
       <c r="J19" s="44">
@@ -7231,60 +7289,63 @@
       </c>
       <c r="CB19" s="44">
         <v>0.84099999999999997</v>
       </c>
       <c r="CC19" s="44">
         <v>0.84899999999999998</v>
       </c>
       <c r="CD19" s="44">
         <v>0.88400000000000001</v>
       </c>
       <c r="CE19" s="44">
         <v>0.86699999999999999</v>
       </c>
       <c r="CF19" s="44">
         <v>0.875</v>
       </c>
       <c r="CG19" s="44">
         <v>0.873</v>
       </c>
       <c r="CH19" s="44">
         <v>0.83799999999999997</v>
       </c>
       <c r="CI19" s="42">
         <v>0.84199999999999997</v>
       </c>
-      <c r="CK19" s="179">
-[...3 lines deleted...]
-      <c r="CL19" s="25" t="s">
+      <c r="CJ19" s="43">
+        <v>0.85399999999999998</v>
+      </c>
+      <c r="CL19" s="179">
+        <f>+(CJ19-BX19)*100</f>
+        <v>-2.1000000000000019</v>
+      </c>
+      <c r="CM19" s="25" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="20" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A20" s="182"/>
+    <row r="20" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A20" s="183"/>
       <c r="B20" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C20" s="48">
         <v>2150.0300000000002</v>
       </c>
       <c r="D20" s="29">
         <v>1894.47</v>
       </c>
       <c r="E20" s="29">
         <v>2167.7600000000002</v>
       </c>
       <c r="F20" s="29">
         <v>2507.33</v>
       </c>
       <c r="G20" s="29">
         <v>2466.85</v>
       </c>
       <c r="H20" s="29">
         <v>2857.49</v>
       </c>
       <c r="I20" s="29">
         <v>3202.33</v>
       </c>
       <c r="J20" s="29">
@@ -7495,57 +7556,60 @@
       </c>
       <c r="CB20" s="29">
         <v>5736.27</v>
       </c>
       <c r="CC20" s="29">
         <v>6096.5</v>
       </c>
       <c r="CD20" s="29">
         <v>6416.62</v>
       </c>
       <c r="CE20" s="29">
         <v>6132.14</v>
       </c>
       <c r="CF20" s="29">
         <v>6307.31</v>
       </c>
       <c r="CG20" s="29">
         <v>5119.83</v>
       </c>
       <c r="CH20" s="29">
         <v>5330.66</v>
       </c>
       <c r="CI20" s="27">
         <v>5239.3100000000004</v>
       </c>
-      <c r="CK20" s="178">
-[...1 lines deleted...]
-        <v>0.11751444001740508</v>
+      <c r="CJ20" s="28">
+        <v>4543.54</v>
+      </c>
+      <c r="CL20" s="178">
+        <f t="shared" si="0"/>
+        <v>9.7924268419399274E-2</v>
       </c>
     </row>
-    <row r="21" spans="1:90" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A21" s="183"/>
+    <row r="21" spans="1:91" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="184"/>
       <c r="B21" s="73" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="74">
         <v>140.22999999999999</v>
       </c>
       <c r="D21" s="75">
         <v>153.28</v>
       </c>
       <c r="E21" s="75">
         <v>155.44999999999999</v>
       </c>
       <c r="F21" s="75">
         <v>156.01</v>
       </c>
       <c r="G21" s="75">
         <v>143.28</v>
       </c>
       <c r="H21" s="75">
         <v>155.43</v>
       </c>
       <c r="I21" s="75">
         <v>161.53</v>
       </c>
       <c r="J21" s="75">
@@ -7756,56 +7820,59 @@
       </c>
       <c r="CB21" s="75">
         <v>174.49</v>
       </c>
       <c r="CC21" s="75">
         <v>176.45</v>
       </c>
       <c r="CD21" s="75">
         <v>183.87</v>
       </c>
       <c r="CE21" s="75">
         <v>181.5</v>
       </c>
       <c r="CF21" s="75">
         <v>183.04</v>
       </c>
       <c r="CG21" s="75">
         <v>183.04</v>
       </c>
       <c r="CH21" s="75">
         <v>176.39</v>
       </c>
       <c r="CI21" s="77">
         <v>177.2</v>
       </c>
-      <c r="CK21" s="178">
-[...1 lines deleted...]
-        <v>2.0913752376562789E-2</v>
+      <c r="CJ21" s="78">
+        <v>179.28</v>
+      </c>
+      <c r="CL21" s="178">
+        <f t="shared" si="0"/>
+        <v>-2.8187337380745858E-2</v>
       </c>
     </row>
-    <row r="22" spans="1:90" s="82" customFormat="1" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:91" s="82" customFormat="1" ht="15" thickTop="1" x14ac:dyDescent="0.3">
       <c r="D22" s="83"/>
       <c r="E22" s="83"/>
       <c r="F22" s="83"/>
       <c r="G22" s="83"/>
       <c r="H22" s="83"/>
       <c r="I22" s="83"/>
       <c r="J22" s="83"/>
       <c r="K22" s="83"/>
       <c r="L22" s="84"/>
       <c r="M22" s="83"/>
       <c r="N22" s="85"/>
       <c r="T22" s="84"/>
       <c r="U22" s="84"/>
       <c r="V22" s="84"/>
       <c r="W22" s="84"/>
       <c r="X22" s="84"/>
       <c r="Y22" s="83"/>
       <c r="Z22" s="85"/>
       <c r="AA22" s="84"/>
       <c r="AB22" s="84"/>
       <c r="AC22" s="84"/>
       <c r="AE22" s="84"/>
       <c r="AF22" s="84"/>
       <c r="AG22" s="84"/>
       <c r="AH22" s="84"/>
@@ -7831,54 +7898,55 @@
       <c r="BD22" s="84"/>
       <c r="BG22" s="84"/>
       <c r="BH22" s="84"/>
       <c r="BI22" s="84"/>
       <c r="BJ22" s="84"/>
       <c r="BO22" s="84"/>
       <c r="BP22" s="84"/>
       <c r="BQ22" s="84"/>
       <c r="BR22" s="84"/>
       <c r="BS22" s="84"/>
       <c r="BT22" s="84"/>
       <c r="BU22" s="84"/>
       <c r="BV22" s="84"/>
       <c r="BW22" s="84"/>
       <c r="BX22" s="84"/>
       <c r="BY22" s="84"/>
       <c r="BZ22" s="84"/>
       <c r="CA22" s="84"/>
       <c r="CB22" s="84"/>
       <c r="CC22" s="84"/>
       <c r="CD22" s="84"/>
       <c r="CE22" s="84"/>
       <c r="CF22" s="84"/>
       <c r="CG22" s="84"/>
       <c r="CH22" s="84"/>
-      <c r="CK22" s="84"/>
-      <c r="CL22" s="187"/>
+      <c r="CJ22" s="84"/>
+      <c r="CL22" s="84"/>
+      <c r="CM22" s="181"/>
     </row>
-    <row r="23" spans="1:90" s="82" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:91" s="82" customFormat="1" x14ac:dyDescent="0.3">
       <c r="C23" s="86"/>
       <c r="D23" s="86"/>
       <c r="E23" s="86"/>
       <c r="F23" s="86"/>
       <c r="G23" s="86"/>
       <c r="H23" s="86"/>
       <c r="I23" s="86"/>
       <c r="J23" s="86"/>
       <c r="K23" s="86"/>
       <c r="L23" s="84"/>
       <c r="M23" s="83"/>
       <c r="N23" s="87"/>
       <c r="O23" s="87"/>
       <c r="P23" s="87"/>
       <c r="Q23" s="87"/>
       <c r="R23" s="87"/>
       <c r="S23" s="87"/>
       <c r="T23" s="87"/>
       <c r="U23" s="87"/>
       <c r="V23" s="87"/>
       <c r="W23" s="87"/>
       <c r="X23" s="87"/>
       <c r="Y23" s="87"/>
       <c r="Z23" s="87"/>
       <c r="AE23" s="84"/>
@@ -7911,54 +7979,55 @@
       <c r="BJ23" s="84"/>
       <c r="BK23" s="87"/>
       <c r="BL23" s="87"/>
       <c r="BM23" s="87"/>
       <c r="BN23" s="87"/>
       <c r="BO23" s="87"/>
       <c r="BP23" s="87"/>
       <c r="BQ23" s="87"/>
       <c r="BR23" s="87"/>
       <c r="BS23" s="84"/>
       <c r="BT23" s="84"/>
       <c r="BU23" s="84"/>
       <c r="BV23" s="87"/>
       <c r="BX23" s="84"/>
       <c r="BY23" s="84"/>
       <c r="BZ23" s="84"/>
       <c r="CA23" s="84"/>
       <c r="CB23" s="84"/>
       <c r="CC23" s="84"/>
       <c r="CD23" s="84"/>
       <c r="CE23" s="84"/>
       <c r="CF23" s="84"/>
       <c r="CG23" s="84"/>
       <c r="CH23" s="84"/>
       <c r="CI23" s="87"/>
-      <c r="CK23" s="87"/>
-      <c r="CL23" s="187"/>
+      <c r="CJ23" s="84"/>
+      <c r="CL23" s="87"/>
+      <c r="CM23" s="181"/>
     </row>
-    <row r="24" spans="1:90" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:91" x14ac:dyDescent="0.3">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="3">
         <v>2019</v>
       </c>
       <c r="D24" s="4">
         <v>2019</v>
       </c>
       <c r="E24" s="4">
         <v>2019</v>
       </c>
       <c r="F24" s="4">
         <v>2019</v>
       </c>
       <c r="G24" s="4">
         <v>2019</v>
       </c>
       <c r="H24" s="4">
         <v>2019</v>
       </c>
       <c r="I24" s="4">
         <v>2019</v>
       </c>
       <c r="J24" s="4">
         <v>2019</v>
@@ -8173,55 +8242,58 @@
       </c>
       <c r="CB24" s="4">
         <v>2025</v>
       </c>
       <c r="CC24" s="4">
         <v>2025</v>
       </c>
       <c r="CD24" s="4">
         <v>2025</v>
       </c>
       <c r="CE24" s="4">
         <v>2025</v>
       </c>
       <c r="CF24" s="4">
         <v>2025</v>
       </c>
       <c r="CG24" s="4">
         <v>2025</v>
       </c>
       <c r="CH24" s="4">
         <v>2025</v>
       </c>
       <c r="CI24" s="6">
         <v>2026</v>
       </c>
-      <c r="CK24" s="175" t="s">
+      <c r="CJ24" s="7">
+        <v>2026</v>
+      </c>
+      <c r="CL24" s="175" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="25" spans="1:90" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:91" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B25" s="9"/>
       <c r="C25" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>6</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>7</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>8</v>
       </c>
       <c r="G25" s="11" t="s">
         <v>9</v>
       </c>
       <c r="H25" s="11" t="s">
         <v>10</v>
       </c>
       <c r="I25" s="11" t="s">
         <v>11</v>
       </c>
@@ -8438,56 +8510,59 @@
       </c>
       <c r="CB25" s="11" t="s">
         <v>10</v>
       </c>
       <c r="CC25" s="11" t="s">
         <v>11</v>
       </c>
       <c r="CD25" s="11" t="s">
         <v>12</v>
       </c>
       <c r="CE25" s="11" t="s">
         <v>13</v>
       </c>
       <c r="CF25" s="11" t="s">
         <v>14</v>
       </c>
       <c r="CG25" s="11" t="s">
         <v>15</v>
       </c>
       <c r="CH25" s="11" t="s">
         <v>16</v>
       </c>
       <c r="CI25" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="CK25" s="176" t="s">
+      <c r="CJ25" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="CL25" s="176" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="26" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A26" s="181" t="s">
+    <row r="26" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A26" s="182" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="88" t="s">
         <v>17</v>
       </c>
       <c r="C26" s="89">
         <v>2.34</v>
       </c>
       <c r="D26" s="54">
         <v>4.5</v>
       </c>
       <c r="E26" s="54">
         <v>6.9</v>
       </c>
       <c r="F26" s="54">
         <v>9.34</v>
       </c>
       <c r="G26" s="54">
         <v>11.65</v>
       </c>
       <c r="H26" s="54">
         <v>14.32</v>
       </c>
       <c r="I26" s="54">
         <v>17.260000000000002</v>
@@ -8700,57 +8775,60 @@
       </c>
       <c r="CB26" s="21">
         <v>19.71</v>
       </c>
       <c r="CC26" s="21">
         <v>23.64</v>
       </c>
       <c r="CD26" s="21">
         <v>27.94</v>
       </c>
       <c r="CE26" s="21">
         <v>31.94</v>
       </c>
       <c r="CF26" s="21">
         <v>36</v>
       </c>
       <c r="CG26" s="21">
         <v>39.64</v>
       </c>
       <c r="CH26" s="21">
         <v>43.26</v>
       </c>
       <c r="CI26" s="20">
         <v>3.55</v>
       </c>
-      <c r="CK26" s="177">
-[...1 lines deleted...]
-        <v>0.11285266457680243</v>
+      <c r="CJ26" s="21">
+        <v>6.68</v>
+      </c>
+      <c r="CL26" s="177">
+        <f>+CJ26/BX26-1</f>
+        <v>0.10963455149501655</v>
       </c>
     </row>
-    <row r="27" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A27" s="182"/>
+    <row r="27" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A27" s="183"/>
       <c r="B27" s="90" t="s">
         <v>18</v>
       </c>
       <c r="C27" s="91">
         <v>14929</v>
       </c>
       <c r="D27" s="28">
         <v>28194</v>
       </c>
       <c r="E27" s="28">
         <v>42958</v>
       </c>
       <c r="F27" s="28">
         <v>57589</v>
       </c>
       <c r="G27" s="28">
         <v>72587</v>
       </c>
       <c r="H27" s="28">
         <v>88843</v>
       </c>
       <c r="I27" s="29">
         <v>106156</v>
       </c>
       <c r="J27" s="29">
@@ -8961,57 +9039,60 @@
       </c>
       <c r="CB27" s="28">
         <v>108554</v>
       </c>
       <c r="CC27" s="28">
         <v>129812</v>
       </c>
       <c r="CD27" s="28">
         <v>152262</v>
       </c>
       <c r="CE27" s="28">
         <v>173561</v>
       </c>
       <c r="CF27" s="28">
         <v>195237</v>
       </c>
       <c r="CG27" s="28">
         <v>214483</v>
       </c>
       <c r="CH27" s="28">
         <v>234270</v>
       </c>
       <c r="CI27" s="27">
         <v>19426</v>
       </c>
-      <c r="CK27" s="178">
-[...1 lines deleted...]
-        <v>8.8108441158348816E-2</v>
+      <c r="CJ27" s="28">
+        <v>36454</v>
+      </c>
+      <c r="CL27" s="178">
+        <f>+CJ27/BX27-1</f>
+        <v>0.1056047555501638</v>
       </c>
     </row>
-    <row r="28" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A28" s="182"/>
+    <row r="28" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A28" s="183"/>
       <c r="B28" s="90" t="s">
         <v>19</v>
       </c>
       <c r="C28" s="92">
         <v>2.75</v>
       </c>
       <c r="D28" s="35">
         <v>5.21</v>
       </c>
       <c r="E28" s="35">
         <v>7.94</v>
       </c>
       <c r="F28" s="35">
         <v>10.65</v>
       </c>
       <c r="G28" s="35">
         <v>13.42</v>
       </c>
       <c r="H28" s="35">
         <v>16.43</v>
       </c>
       <c r="I28" s="36">
         <v>19.64</v>
       </c>
       <c r="J28" s="36">
@@ -9222,57 +9303,60 @@
       </c>
       <c r="CB28" s="35">
         <v>22.85</v>
       </c>
       <c r="CC28" s="35">
         <v>27.32</v>
       </c>
       <c r="CD28" s="35">
         <v>32.04</v>
       </c>
       <c r="CE28" s="35">
         <v>36.549999999999997</v>
       </c>
       <c r="CF28" s="35">
         <v>41.14</v>
       </c>
       <c r="CG28" s="35">
         <v>45.18</v>
       </c>
       <c r="CH28" s="35">
         <v>49.35</v>
       </c>
       <c r="CI28" s="34">
         <v>4.08</v>
       </c>
-      <c r="CK28" s="178">
-[...1 lines deleted...]
-        <v>9.0909090909090828E-2</v>
+      <c r="CJ28" s="35">
+        <v>7.66</v>
+      </c>
+      <c r="CL28" s="178">
+        <f>+CJ28/BX28-1</f>
+        <v>0.10693641618497107</v>
       </c>
     </row>
-    <row r="29" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A29" s="182"/>
+    <row r="29" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A29" s="183"/>
       <c r="B29" s="93" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="94">
         <v>0.85199999999999998</v>
       </c>
       <c r="D29" s="43">
         <v>0.86499999999999999</v>
       </c>
       <c r="E29" s="43">
         <v>0.86899999999999999</v>
       </c>
       <c r="F29" s="43">
         <v>0.877</v>
       </c>
       <c r="G29" s="43">
         <v>0.86799999999999999</v>
       </c>
       <c r="H29" s="43">
         <v>0.871</v>
       </c>
       <c r="I29" s="44">
         <v>0.879</v>
       </c>
       <c r="J29" s="44">
@@ -9483,60 +9567,63 @@
       </c>
       <c r="CB29" s="43">
         <v>0.86299999999999999</v>
       </c>
       <c r="CC29" s="43">
         <v>0.86599999999999999</v>
       </c>
       <c r="CD29" s="43">
         <v>0.872</v>
       </c>
       <c r="CE29" s="43">
         <v>0.874</v>
       </c>
       <c r="CF29" s="43">
         <v>0.875</v>
       </c>
       <c r="CG29" s="43">
         <v>0.877</v>
       </c>
       <c r="CH29" s="43">
         <v>0.877</v>
       </c>
       <c r="CI29" s="42">
         <v>0.871</v>
       </c>
-      <c r="CK29" s="179">
-[...3 lines deleted...]
-      <c r="CL29" s="25" t="s">
+      <c r="CJ29" s="43">
+        <v>0.872</v>
+      </c>
+      <c r="CL29" s="179">
+        <f>+(CJ29-BX29)*100</f>
+        <v>0.20000000000000018</v>
+      </c>
+      <c r="CM29" s="25" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="30" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A30" s="182"/>
+    <row r="30" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A30" s="183"/>
       <c r="B30" s="90" t="s">
         <v>21</v>
       </c>
       <c r="C30" s="91">
         <v>3271.24</v>
       </c>
       <c r="D30" s="28">
         <v>6182.03</v>
       </c>
       <c r="E30" s="28">
         <v>9467.5400000000009</v>
       </c>
       <c r="F30" s="28">
         <v>12912.76</v>
       </c>
       <c r="G30" s="28">
         <v>16400.84</v>
       </c>
       <c r="H30" s="28">
         <v>20291.8</v>
       </c>
       <c r="I30" s="28">
         <v>24540.09</v>
       </c>
       <c r="J30" s="28">
@@ -9747,57 +9834,60 @@
       </c>
       <c r="CB30" s="28">
         <v>35974.379999999997</v>
       </c>
       <c r="CC30" s="28">
         <v>43213.66</v>
       </c>
       <c r="CD30" s="28">
         <v>50855.48</v>
       </c>
       <c r="CE30" s="28">
         <v>58144.62</v>
       </c>
       <c r="CF30" s="28">
         <v>65605.789999999994</v>
       </c>
       <c r="CG30" s="28">
         <v>71861.66</v>
       </c>
       <c r="CH30" s="28">
         <v>78336.38</v>
       </c>
       <c r="CI30" s="27">
         <v>6364.29</v>
       </c>
-      <c r="CK30" s="178">
-[...1 lines deleted...]
-        <v>0.11454765157087321</v>
+      <c r="CJ30" s="28">
+        <v>11916.13</v>
+      </c>
+      <c r="CL30" s="178">
+        <f>+CJ30/BX30-1</f>
+        <v>0.11894323181009336</v>
       </c>
     </row>
-    <row r="31" spans="1:90" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="182"/>
+    <row r="31" spans="1:91" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="183"/>
       <c r="B31" s="90" t="s">
         <v>22</v>
       </c>
       <c r="C31" s="91">
         <v>156.91999999999999</v>
       </c>
       <c r="D31" s="28">
         <v>159.71</v>
       </c>
       <c r="E31" s="28">
         <v>160.65</v>
       </c>
       <c r="F31" s="29">
         <v>162.16999999999999</v>
       </c>
       <c r="G31" s="29">
         <v>160.47999999999999</v>
       </c>
       <c r="H31" s="29">
         <v>161.13</v>
       </c>
       <c r="I31" s="29">
         <v>162.57</v>
       </c>
       <c r="J31" s="29">
@@ -10008,57 +10098,60 @@
       </c>
       <c r="CB31" s="28">
         <v>181.58</v>
       </c>
       <c r="CC31" s="28">
         <v>182.14</v>
       </c>
       <c r="CD31" s="28">
         <v>183.48</v>
       </c>
       <c r="CE31" s="28">
         <v>184.03</v>
       </c>
       <c r="CF31" s="28">
         <v>184.41</v>
       </c>
       <c r="CG31" s="28">
         <v>184.81</v>
       </c>
       <c r="CH31" s="28">
         <v>184.65</v>
       </c>
       <c r="CI31" s="27">
         <v>182.94</v>
       </c>
-      <c r="CK31" s="178">
-[...1 lines deleted...]
-        <v>2.3956117765588258E-2</v>
+      <c r="CJ31" s="28">
+        <v>183.17</v>
+      </c>
+      <c r="CL31" s="178">
+        <f>+CJ31/BX31-1</f>
+        <v>3.4512983455681212E-3</v>
       </c>
     </row>
-    <row r="32" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A32" s="184" t="s">
+    <row r="32" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A32" s="185" t="s">
         <v>2</v>
       </c>
       <c r="B32" s="95" t="s">
         <v>17</v>
       </c>
       <c r="C32" s="89">
         <v>1.38</v>
       </c>
       <c r="D32" s="54">
         <v>2.63</v>
       </c>
       <c r="E32" s="54">
         <v>3.99</v>
       </c>
       <c r="F32" s="54">
         <v>5.22</v>
       </c>
       <c r="G32" s="54">
         <v>6.45</v>
       </c>
       <c r="H32" s="54">
         <v>7.78</v>
       </c>
       <c r="I32" s="54">
         <v>9.19</v>
@@ -10271,57 +10364,60 @@
       </c>
       <c r="CB32" s="54">
         <v>7.12</v>
       </c>
       <c r="CC32" s="54">
         <v>8.5399999999999991</v>
       </c>
       <c r="CD32" s="54">
         <v>10.06</v>
       </c>
       <c r="CE32" s="54">
         <v>11.46</v>
       </c>
       <c r="CF32" s="54">
         <v>12.82</v>
       </c>
       <c r="CG32" s="54">
         <v>14.19</v>
       </c>
       <c r="CH32" s="54">
         <v>15.55</v>
       </c>
       <c r="CI32" s="53">
         <v>1.33</v>
       </c>
-      <c r="CK32" s="177">
-[...1 lines deleted...]
-        <v>9.9173553719008378E-2</v>
+      <c r="CJ32" s="54">
+        <v>2.5</v>
+      </c>
+      <c r="CL32" s="177">
+        <f>+CJ32/BX32-1</f>
+        <v>0.14155251141552516</v>
       </c>
     </row>
-    <row r="33" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A33" s="182"/>
+    <row r="33" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A33" s="183"/>
       <c r="B33" s="96" t="s">
         <v>18</v>
       </c>
       <c r="C33" s="91">
         <v>8070</v>
       </c>
       <c r="D33" s="28">
         <v>15407</v>
       </c>
       <c r="E33" s="28">
         <v>23448</v>
       </c>
       <c r="F33" s="28">
         <v>30338</v>
       </c>
       <c r="G33" s="28">
         <v>37826</v>
       </c>
       <c r="H33" s="28">
         <v>45490</v>
       </c>
       <c r="I33" s="28">
         <v>53289</v>
       </c>
       <c r="J33" s="28">
@@ -10532,57 +10628,60 @@
       </c>
       <c r="CB33" s="28">
         <v>37009</v>
       </c>
       <c r="CC33" s="28">
         <v>44012</v>
       </c>
       <c r="CD33" s="28">
         <v>51418</v>
       </c>
       <c r="CE33" s="28">
         <v>58339</v>
       </c>
       <c r="CF33" s="28">
         <v>65264</v>
       </c>
       <c r="CG33" s="28">
         <v>72151</v>
       </c>
       <c r="CH33" s="28">
         <v>79128</v>
       </c>
       <c r="CI33" s="27">
         <v>6886</v>
       </c>
-      <c r="CK33" s="178">
-[...1 lines deleted...]
-        <v>7.0751049603483107E-2</v>
+      <c r="CJ33" s="28">
+        <v>13032</v>
+      </c>
+      <c r="CL33" s="178">
+        <f>+CJ33/BX33-1</f>
+        <v>0.12772585669781922</v>
       </c>
     </row>
-    <row r="34" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A34" s="182"/>
+    <row r="34" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A34" s="183"/>
       <c r="B34" s="96" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="92">
         <v>1.51</v>
       </c>
       <c r="D34" s="35">
         <v>2.88</v>
       </c>
       <c r="E34" s="35">
         <v>4.38</v>
       </c>
       <c r="F34" s="36">
         <v>5.67</v>
       </c>
       <c r="G34" s="36">
         <v>7.06</v>
       </c>
       <c r="H34" s="36">
         <v>8.5</v>
       </c>
       <c r="I34" s="36">
         <v>9.9600000000000009</v>
       </c>
       <c r="J34" s="36">
@@ -10793,57 +10892,60 @@
       </c>
       <c r="CB34" s="35">
         <v>7.89</v>
       </c>
       <c r="CC34" s="35">
         <v>9.39</v>
       </c>
       <c r="CD34" s="35">
         <v>10.99</v>
       </c>
       <c r="CE34" s="35">
         <v>12.49</v>
       </c>
       <c r="CF34" s="35">
         <v>13.99</v>
       </c>
       <c r="CG34" s="35">
         <v>15.44</v>
       </c>
       <c r="CH34" s="35">
         <v>16.91</v>
       </c>
       <c r="CI34" s="34">
         <v>1.44</v>
       </c>
-      <c r="CK34" s="178">
-[...1 lines deleted...]
-        <v>7.4626865671641784E-2</v>
+      <c r="CJ34" s="35">
+        <v>2.74</v>
+      </c>
+      <c r="CL34" s="178">
+        <f>+CJ34/BX34-1</f>
+        <v>0.13692946058091282</v>
       </c>
     </row>
-    <row r="35" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A35" s="182"/>
+    <row r="35" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A35" s="183"/>
       <c r="B35" s="97" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="94">
         <v>0.91500000000000004</v>
       </c>
       <c r="D35" s="43">
         <v>0.91400000000000003</v>
       </c>
       <c r="E35" s="43">
         <v>0.91</v>
       </c>
       <c r="F35" s="44">
         <v>0.92100000000000004</v>
       </c>
       <c r="G35" s="44">
         <v>0.91300000000000003</v>
       </c>
       <c r="H35" s="44">
         <v>0.91600000000000004</v>
       </c>
       <c r="I35" s="44">
         <v>0.92300000000000004</v>
       </c>
       <c r="J35" s="44">
@@ -11054,60 +11156,63 @@
       </c>
       <c r="CB35" s="43">
         <v>0.90300000000000002</v>
       </c>
       <c r="CC35" s="43">
         <v>0.90900000000000003</v>
       </c>
       <c r="CD35" s="43">
         <v>0.91600000000000004</v>
       </c>
       <c r="CE35" s="43">
         <v>0.91700000000000004</v>
       </c>
       <c r="CF35" s="43">
         <v>0.91600000000000004</v>
       </c>
       <c r="CG35" s="43">
         <v>0.91900000000000004</v>
       </c>
       <c r="CH35" s="43">
         <v>0.91900000000000004</v>
       </c>
       <c r="CI35" s="42">
         <v>0.92300000000000004</v>
       </c>
-      <c r="CK35" s="179">
-[...3 lines deleted...]
-      <c r="CL35" s="25" t="s">
+      <c r="CJ35" s="43">
+        <v>0.91500000000000004</v>
+      </c>
+      <c r="CL35" s="179">
+        <f>+(CJ35-BX35)*100</f>
+        <v>0.50000000000000044</v>
+      </c>
+      <c r="CM35" s="25" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="36" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A36" s="182"/>
+    <row r="36" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A36" s="183"/>
       <c r="B36" s="96" t="s">
         <v>21</v>
       </c>
       <c r="C36" s="91">
         <v>1121.2</v>
       </c>
       <c r="D36" s="28">
         <v>2137.52</v>
       </c>
       <c r="E36" s="28">
         <v>3255.27</v>
       </c>
       <c r="F36" s="28">
         <v>4193.16</v>
       </c>
       <c r="G36" s="28">
         <v>5214.3900000000003</v>
       </c>
       <c r="H36" s="28">
         <v>6247.87</v>
       </c>
       <c r="I36" s="28">
         <v>7293.82</v>
       </c>
       <c r="J36" s="28">
@@ -11318,57 +11423,60 @@
       </c>
       <c r="CB36" s="28">
         <v>5960.93</v>
       </c>
       <c r="CC36" s="28">
         <v>7103.71</v>
       </c>
       <c r="CD36" s="28">
         <v>8328.92</v>
       </c>
       <c r="CE36" s="28">
         <v>9485.92</v>
       </c>
       <c r="CF36" s="28">
         <v>10639.78</v>
       </c>
       <c r="CG36" s="28">
         <v>11775.82</v>
       </c>
       <c r="CH36" s="28">
         <v>12919.87</v>
       </c>
       <c r="CI36" s="27">
         <v>1124.98</v>
       </c>
-      <c r="CK36" s="178">
-[...1 lines deleted...]
-        <v>0.1009463413679379</v>
+      <c r="CJ36" s="28">
+        <v>2133.2800000000002</v>
+      </c>
+      <c r="CL36" s="178">
+        <f>+CJ36/BX36-1</f>
+        <v>0.17034419951941548</v>
       </c>
     </row>
-    <row r="37" spans="1:90" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="185"/>
+    <row r="37" spans="1:91" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="186"/>
       <c r="B37" s="98" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="99">
         <v>171.1</v>
       </c>
       <c r="D37" s="66">
         <v>170.85</v>
       </c>
       <c r="E37" s="66">
         <v>169.97</v>
       </c>
       <c r="F37" s="63">
         <v>171.92</v>
       </c>
       <c r="G37" s="63">
         <v>170.51</v>
       </c>
       <c r="H37" s="63">
         <v>171.04</v>
       </c>
       <c r="I37" s="63">
         <v>172.38</v>
       </c>
       <c r="J37" s="63">
@@ -11579,57 +11687,60 @@
       </c>
       <c r="CB37" s="66">
         <v>192.33</v>
       </c>
       <c r="CC37" s="66">
         <v>193.94</v>
       </c>
       <c r="CD37" s="66">
         <v>195.7</v>
       </c>
       <c r="CE37" s="66">
         <v>196.38</v>
       </c>
       <c r="CF37" s="66">
         <v>196.43</v>
       </c>
       <c r="CG37" s="66">
         <v>196.69</v>
       </c>
       <c r="CH37" s="66">
         <v>196.55</v>
       </c>
       <c r="CI37" s="65">
         <v>193.41</v>
       </c>
-      <c r="CK37" s="178">
-[...1 lines deleted...]
-        <v>3.0420884389984026E-2</v>
+      <c r="CJ37" s="66">
+        <v>192.17</v>
+      </c>
+      <c r="CL37" s="178">
+        <f>+CJ37/BX37-1</f>
+        <v>1.2860380540768546E-2</v>
       </c>
     </row>
-    <row r="38" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A38" s="181" t="s">
+    <row r="38" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A38" s="182" t="s">
         <v>3</v>
       </c>
       <c r="B38" s="100" t="s">
         <v>17</v>
       </c>
       <c r="C38" s="101">
         <v>0.96</v>
       </c>
       <c r="D38" s="21">
         <v>1.87</v>
       </c>
       <c r="E38" s="21">
         <v>2.92</v>
       </c>
       <c r="F38" s="21">
         <v>4.12</v>
       </c>
       <c r="G38" s="21">
         <v>5.2</v>
       </c>
       <c r="H38" s="21">
         <v>6.53</v>
       </c>
       <c r="I38" s="21">
         <v>8.07</v>
@@ -11842,57 +11953,60 @@
       </c>
       <c r="CB38" s="21">
         <v>12.59</v>
       </c>
       <c r="CC38" s="21">
         <v>15.11</v>
       </c>
       <c r="CD38" s="21">
         <v>17.87</v>
       </c>
       <c r="CE38" s="21">
         <v>20.48</v>
       </c>
       <c r="CF38" s="21">
         <v>23.18</v>
       </c>
       <c r="CG38" s="21">
         <v>25.45</v>
       </c>
       <c r="CH38" s="21">
         <v>27.71</v>
       </c>
       <c r="CI38" s="20">
         <v>2.2200000000000002</v>
       </c>
-      <c r="CK38" s="177">
-[...1 lines deleted...]
-        <v>0.12121212121212133</v>
+      <c r="CJ38" s="21">
+        <v>4.17</v>
+      </c>
+      <c r="CL38" s="177">
+        <f>+CJ38/BX38-1</f>
+        <v>8.877284595300261E-2</v>
       </c>
     </row>
-    <row r="39" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A39" s="182"/>
+    <row r="39" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A39" s="183"/>
       <c r="B39" s="96" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="91">
         <v>6859</v>
       </c>
       <c r="D39" s="28">
         <v>12787</v>
       </c>
       <c r="E39" s="28">
         <v>19510</v>
       </c>
       <c r="F39" s="28">
         <v>27251</v>
       </c>
       <c r="G39" s="28">
         <v>34761</v>
       </c>
       <c r="H39" s="28">
         <v>43353</v>
       </c>
       <c r="I39" s="28">
         <v>52867</v>
       </c>
       <c r="J39" s="28">
@@ -12103,57 +12217,60 @@
       </c>
       <c r="CB39" s="28">
         <v>71545</v>
       </c>
       <c r="CC39" s="28">
         <v>85800</v>
       </c>
       <c r="CD39" s="28">
         <v>100844</v>
       </c>
       <c r="CE39" s="28">
         <v>115222</v>
       </c>
       <c r="CF39" s="28">
         <v>129973</v>
       </c>
       <c r="CG39" s="28">
         <v>142332</v>
       </c>
       <c r="CH39" s="28">
         <v>155142</v>
       </c>
       <c r="CI39" s="27">
         <v>12540</v>
       </c>
-      <c r="CK39" s="178">
-[...1 lines deleted...]
-        <v>9.7881281736998726E-2</v>
+      <c r="CJ39" s="28">
+        <v>23422</v>
+      </c>
+      <c r="CL39" s="178">
+        <f>+CJ39/BX39-1</f>
+        <v>9.3668285394097772E-2</v>
       </c>
     </row>
-    <row r="40" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A40" s="182"/>
+    <row r="40" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A40" s="183"/>
       <c r="B40" s="96" t="s">
         <v>19</v>
       </c>
       <c r="C40" s="92">
         <v>1.24</v>
       </c>
       <c r="D40" s="35">
         <v>2.33</v>
       </c>
       <c r="E40" s="35">
         <v>3.56</v>
       </c>
       <c r="F40" s="35">
         <v>4.9800000000000004</v>
       </c>
       <c r="G40" s="35">
         <v>6.36</v>
       </c>
       <c r="H40" s="35">
         <v>7.94</v>
       </c>
       <c r="I40" s="35">
         <v>9.68</v>
       </c>
       <c r="J40" s="35">
@@ -12364,57 +12481,60 @@
       </c>
       <c r="CB40" s="35">
         <v>14.96</v>
       </c>
       <c r="CC40" s="35">
         <v>17.920000000000002</v>
       </c>
       <c r="CD40" s="35">
         <v>21.05</v>
       </c>
       <c r="CE40" s="35">
         <v>24.06</v>
       </c>
       <c r="CF40" s="35">
         <v>27.15</v>
       </c>
       <c r="CG40" s="35">
         <v>29.74</v>
       </c>
       <c r="CH40" s="35">
         <v>32.44</v>
       </c>
       <c r="CI40" s="34">
         <v>2.64</v>
       </c>
-      <c r="CK40" s="178">
-[...1 lines deleted...]
-        <v>0.10000000000000009</v>
+      <c r="CJ40" s="35">
+        <v>4.92</v>
+      </c>
+      <c r="CL40" s="178">
+        <f>+CJ40/BX40-1</f>
+        <v>9.090909090909105E-2</v>
       </c>
     </row>
-    <row r="41" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A41" s="182"/>
+    <row r="41" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A41" s="183"/>
       <c r="B41" s="97" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="94">
         <v>0.77500000000000002</v>
       </c>
       <c r="D41" s="43">
         <v>0.80300000000000005</v>
       </c>
       <c r="E41" s="43">
         <v>0.81799999999999995</v>
       </c>
       <c r="F41" s="44">
         <v>0.82799999999999996</v>
       </c>
       <c r="G41" s="44">
         <v>0.81699999999999995</v>
       </c>
       <c r="H41" s="44">
         <v>0.82299999999999995</v>
       </c>
       <c r="I41" s="44">
         <v>0.83399999999999996</v>
       </c>
       <c r="J41" s="44">
@@ -12625,60 +12745,63 @@
       </c>
       <c r="CB41" s="43">
         <v>0.84199999999999997</v>
       </c>
       <c r="CC41" s="43">
         <v>0.84299999999999997</v>
       </c>
       <c r="CD41" s="43">
         <v>0.84899999999999998</v>
       </c>
       <c r="CE41" s="43">
         <v>0.85099999999999998</v>
       </c>
       <c r="CF41" s="43">
         <v>0.85399999999999998</v>
       </c>
       <c r="CG41" s="43">
         <v>0.85599999999999998</v>
       </c>
       <c r="CH41" s="43">
         <v>0.85399999999999998</v>
       </c>
       <c r="CI41" s="42">
         <v>0.84199999999999997</v>
       </c>
-      <c r="CK41" s="179">
-[...3 lines deleted...]
-      <c r="CL41" s="25" t="s">
+      <c r="CJ41" s="43">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="CL41" s="179">
+        <f>+(CJ41-BX41)*100</f>
+        <v>-0.10000000000000009</v>
+      </c>
+      <c r="CM41" s="25" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="42" spans="1:90" x14ac:dyDescent="0.3">
-      <c r="A42" s="182"/>
+    <row r="42" spans="1:91" x14ac:dyDescent="0.3">
+      <c r="A42" s="183"/>
       <c r="B42" s="96" t="s">
         <v>21</v>
       </c>
       <c r="C42" s="91">
         <v>2150.0300000000002</v>
       </c>
       <c r="D42" s="28">
         <v>4044.5</v>
       </c>
       <c r="E42" s="28">
         <v>6212.26</v>
       </c>
       <c r="F42" s="28">
         <v>8719.6</v>
       </c>
       <c r="G42" s="28">
         <v>11186.45</v>
       </c>
       <c r="H42" s="28">
         <v>14043.94</v>
       </c>
       <c r="I42" s="28">
         <v>17246.27</v>
       </c>
       <c r="J42" s="28">
@@ -12889,57 +13012,60 @@
       </c>
       <c r="CB42" s="28">
         <v>30013.45</v>
       </c>
       <c r="CC42" s="28">
         <v>36109.949999999997</v>
       </c>
       <c r="CD42" s="28">
         <v>42526.559999999998</v>
       </c>
       <c r="CE42" s="28">
         <v>48658.7</v>
       </c>
       <c r="CF42" s="28">
         <v>54966.01</v>
       </c>
       <c r="CG42" s="28">
         <v>60085.84</v>
       </c>
       <c r="CH42" s="28">
         <v>65416.51</v>
       </c>
       <c r="CI42" s="27">
         <v>5239.3100000000004</v>
       </c>
-      <c r="CK42" s="178">
-[...1 lines deleted...]
-        <v>0.11751444001740508</v>
+      <c r="CJ42" s="28">
+        <v>9782.85</v>
+      </c>
+      <c r="CL42" s="178">
+        <f>+CJ42/BX42-1</f>
+        <v>0.10832850893938484</v>
       </c>
     </row>
-    <row r="43" spans="1:90" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A43" s="183"/>
+    <row r="43" spans="1:91" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="184"/>
       <c r="B43" s="106" t="s">
         <v>22</v>
       </c>
       <c r="C43" s="107">
         <v>140.22999999999999</v>
       </c>
       <c r="D43" s="78">
         <v>146.28</v>
       </c>
       <c r="E43" s="78">
         <v>149.44</v>
       </c>
       <c r="F43" s="75">
         <v>151.31</v>
       </c>
       <c r="G43" s="75">
         <v>149.57</v>
       </c>
       <c r="H43" s="75">
         <v>150.72999999999999</v>
       </c>
       <c r="I43" s="75">
         <v>152.68</v>
       </c>
       <c r="J43" s="75">
@@ -13150,56 +13276,59 @@
       </c>
       <c r="CB43" s="109">
         <v>176.02</v>
       </c>
       <c r="CC43" s="109">
         <v>176.09</v>
       </c>
       <c r="CD43" s="109">
         <v>177.25</v>
       </c>
       <c r="CE43" s="109">
         <v>177.78</v>
       </c>
       <c r="CF43" s="109">
         <v>178.38</v>
       </c>
       <c r="CG43" s="109">
         <v>178.78</v>
       </c>
       <c r="CH43" s="109">
         <v>178.58</v>
       </c>
       <c r="CI43" s="108">
         <v>177.2</v>
       </c>
-      <c r="CK43" s="178">
-[...1 lines deleted...]
-        <v>2.0913752376562789E-2</v>
+      <c r="CJ43" s="109">
+        <v>178.17</v>
+      </c>
+      <c r="CL43" s="178">
+        <f>+CJ43/BX43-1</f>
+        <v>-2.7426396507332917E-3</v>
       </c>
     </row>
-    <row r="44" spans="1:90" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
+    <row r="44" spans="1:91" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A38:A43"/>
     <mergeCell ref="A4:A9"/>
     <mergeCell ref="A10:A15"/>
     <mergeCell ref="A16:A21"/>
     <mergeCell ref="A26:A31"/>
     <mergeCell ref="A32:A37"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;6&amp;KA80000 Genel (Public)</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D01AF1A1-369A-42DD-A60B-E0B84F58B29F}">
   <dimension ref="B2:N39"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
@@ -13211,139 +13340,151 @@
     <row r="2" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="139" t="s">
         <v>26</v>
       </c>
       <c r="C2" s="140">
         <v>2019</v>
       </c>
       <c r="D2" s="141">
         <v>2020</v>
       </c>
       <c r="E2" s="140">
         <v>2021</v>
       </c>
       <c r="F2" s="142">
         <v>2022</v>
       </c>
       <c r="G2" s="173">
         <v>2023</v>
       </c>
       <c r="H2" s="142">
         <v>2024</v>
       </c>
       <c r="I2" s="173">
         <v>2025</v>
       </c>
+      <c r="J2" s="188">
+        <v>2026</v>
+      </c>
     </row>
     <row r="3" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="143" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="144" t="s">
         <v>29</v>
       </c>
       <c r="D3" s="145" t="s">
         <v>29</v>
       </c>
       <c r="E3" s="144" t="s">
         <v>29</v>
       </c>
       <c r="F3" s="145" t="s">
         <v>29</v>
       </c>
       <c r="G3" s="144" t="s">
         <v>29</v>
       </c>
       <c r="H3" s="145" t="s">
         <v>29</v>
       </c>
       <c r="I3" s="180" t="s">
         <v>29</v>
       </c>
+      <c r="J3" s="189" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="4" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B4" s="146" t="s">
         <v>27</v>
       </c>
       <c r="C4" s="147">
         <v>65.147499999999994</v>
       </c>
       <c r="D4" s="148">
         <v>71.294600000000003</v>
       </c>
       <c r="E4" s="149">
         <v>71.020300000000006</v>
       </c>
       <c r="F4" s="149">
         <v>62.086799999999997</v>
       </c>
       <c r="G4" s="149">
         <v>61.3352</v>
       </c>
       <c r="H4" s="149">
-        <v>58.301173718604325</v>
+        <v>58.301000000000002</v>
       </c>
       <c r="I4" s="149">
-        <v>56.876838198856888</v>
+        <v>56.87</v>
+      </c>
+      <c r="J4" s="149">
+        <v>56.87</v>
       </c>
     </row>
     <row r="5" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="150" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="151">
         <v>56.620800000000003</v>
       </c>
       <c r="D5" s="152">
         <v>55.729199999999999</v>
       </c>
       <c r="E5" s="153">
         <v>53.521299999999997</v>
       </c>
       <c r="F5" s="153">
         <v>52.027090000000001</v>
       </c>
       <c r="G5" s="153">
         <v>51.518000000000001</v>
       </c>
       <c r="H5" s="153">
-        <v>50.355232383419349</v>
+        <v>50.35</v>
       </c>
       <c r="I5" s="153">
-        <v>49.148697647601175</v>
+        <v>49.148600000000002</v>
+      </c>
+      <c r="J5" s="153">
+        <v>49.07</v>
       </c>
     </row>
     <row r="6" spans="2:14" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="186" t="s">
+      <c r="B6" s="187" t="s">
         <v>34</v>
       </c>
-      <c r="C6" s="186"/>
-[...4 lines deleted...]
-      <c r="H6" s="186"/>
+      <c r="C6" s="187"/>
+      <c r="D6" s="187"/>
+      <c r="E6" s="187"/>
+      <c r="F6" s="187"/>
+      <c r="G6" s="187"/>
+      <c r="H6" s="187"/>
     </row>
     <row r="7" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="139" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="141">
         <v>2026</v>
       </c>
       <c r="D7" s="154">
         <v>2026</v>
       </c>
       <c r="E7" s="154">
         <v>2026</v>
       </c>
       <c r="F7" s="154">
         <v>2026</v>
       </c>
       <c r="G7" s="154">
         <v>2026</v>
       </c>
       <c r="H7" s="154">
         <v>2026</v>
       </c>
       <c r="I7" s="154">
         <v>2026</v>
@@ -13388,72 +13529,76 @@
       </c>
       <c r="I8" s="158" t="s">
         <v>11</v>
       </c>
       <c r="J8" s="158" t="s">
         <v>12</v>
       </c>
       <c r="K8" s="158" t="s">
         <v>13</v>
       </c>
       <c r="L8" s="158" t="s">
         <v>14</v>
       </c>
       <c r="M8" s="158" t="s">
         <v>15</v>
       </c>
       <c r="N8" s="159" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="160" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="161">
-        <v>57.211666030337646</v>
-[...1 lines deleted...]
-      <c r="D9" s="161"/>
+        <v>57.21</v>
+      </c>
+      <c r="D9" s="161">
+        <v>56.48</v>
+      </c>
       <c r="E9" s="161"/>
       <c r="F9" s="161"/>
       <c r="G9" s="161"/>
       <c r="H9" s="161"/>
       <c r="I9" s="161"/>
       <c r="J9" s="161"/>
       <c r="K9" s="161"/>
       <c r="L9" s="161"/>
       <c r="M9" s="161"/>
       <c r="N9" s="162"/>
     </row>
     <row r="10" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="163" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="164">
-        <v>49.231570531483733</v>
-[...1 lines deleted...]
-      <c r="D10" s="164"/>
+        <v>49.23</v>
+      </c>
+      <c r="D10" s="164">
+        <v>48.9</v>
+      </c>
       <c r="E10" s="164"/>
       <c r="F10" s="164"/>
       <c r="G10" s="164"/>
       <c r="H10" s="164"/>
       <c r="I10" s="164"/>
       <c r="J10" s="164"/>
       <c r="K10" s="164"/>
       <c r="L10" s="164"/>
       <c r="M10" s="164"/>
       <c r="N10" s="153"/>
     </row>
     <row r="11" spans="2:14" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="12" spans="2:14" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="13" spans="2:14" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="165" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="140">
         <v>2025</v>
       </c>
       <c r="D13" s="166">
         <v>2025</v>
       </c>
       <c r="E13" s="166">
         <v>2025</v>
@@ -13510,125 +13655,125 @@
       </c>
       <c r="I14" s="170" t="s">
         <v>11</v>
       </c>
       <c r="J14" s="170" t="s">
         <v>12</v>
       </c>
       <c r="K14" s="170" t="s">
         <v>13</v>
       </c>
       <c r="L14" s="170" t="s">
         <v>14</v>
       </c>
       <c r="M14" s="170" t="s">
         <v>15</v>
       </c>
       <c r="N14" s="171" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="160" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="161">
-        <v>58.228282566243557</v>
+        <v>58.228000000000002</v>
       </c>
       <c r="D15" s="161">
-        <v>55.503625890760226</v>
+        <v>55.503</v>
       </c>
       <c r="E15" s="161">
-        <v>57.495244631016419</v>
+        <v>57.494999999999997</v>
       </c>
       <c r="F15" s="161">
-        <v>56.780508888653934</v>
+        <v>56.78</v>
       </c>
       <c r="G15" s="161">
-        <v>57.77509857499355</v>
+        <v>57.774999999999999</v>
       </c>
       <c r="H15" s="161">
-        <v>57.801770885779568</v>
+        <v>57.801000000000002</v>
       </c>
       <c r="I15" s="161">
-        <v>58.694229692918455</v>
+        <v>58.694000000000003</v>
       </c>
       <c r="J15" s="161">
-        <v>56.10913675297693</v>
+        <v>56.109000000000002</v>
       </c>
       <c r="K15" s="161">
-        <v>56.414725007025616</v>
+        <v>56.414000000000001</v>
       </c>
       <c r="L15" s="161">
-        <v>55.934547912855244</v>
+        <v>55.933999999999997</v>
       </c>
       <c r="M15" s="161">
-        <v>55.078747853017603</v>
+        <v>55.078000000000003</v>
       </c>
       <c r="N15" s="162">
-        <v>56.83586995688205</v>
+        <v>56.835000000000001</v>
       </c>
     </row>
     <row r="16" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="163" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="164">
-        <v>48.916061710341339</v>
+        <v>48.915999999999997</v>
       </c>
       <c r="D16" s="164">
-        <v>49.031298263212399</v>
+        <v>49.030999999999999</v>
       </c>
       <c r="E16" s="164">
-        <v>48.063844460424228</v>
+        <v>48.063000000000002</v>
       </c>
       <c r="F16" s="164">
-        <v>48.598529703593215</v>
+        <v>48.59</v>
       </c>
       <c r="G16" s="164">
-        <v>49.045754512460704</v>
+        <v>49.04</v>
       </c>
       <c r="H16" s="164">
-        <v>49.086704453561559</v>
+        <v>49.085999999999999</v>
       </c>
       <c r="I16" s="164">
-        <v>50.345369403802209</v>
+        <v>50.344999999999999</v>
       </c>
       <c r="J16" s="164">
-        <v>50.005807788664761</v>
+        <v>50.005000000000003</v>
       </c>
       <c r="K16" s="164">
-        <v>49.401331652013326</v>
+        <v>49.401000000000003</v>
       </c>
       <c r="L16" s="164">
-        <v>49.2530076672017</v>
+        <v>49.25</v>
       </c>
       <c r="M16" s="164">
-        <v>48.786110261092432</v>
+        <v>48.78</v>
       </c>
       <c r="N16" s="153">
-        <v>48.66504642188157</v>
+        <v>48.664999999999999</v>
       </c>
     </row>
     <row r="17" spans="2:14" ht="12" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="18" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="139" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="141">
         <v>2024</v>
       </c>
       <c r="D18" s="154">
         <v>2024</v>
       </c>
       <c r="E18" s="154">
         <v>2024</v>
       </c>
       <c r="F18" s="154">
         <v>2024</v>
       </c>
       <c r="G18" s="154">
         <v>2024</v>
       </c>
       <c r="H18" s="154">
         <v>2024</v>
       </c>